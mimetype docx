--- v0 (2025-11-11)
+++ v1 (2026-02-26)
@@ -4,6328 +4,4307 @@
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="08251DA5" w14:textId="6CFEC6C1" w:rsidR="00D41A65" w:rsidRPr="00924C35" w:rsidRDefault="00F27986" w:rsidP="00F27986">
-[...1 lines deleted...]
-        <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    <w:p w14:paraId="18B0D4FE" w14:textId="55675B24" w:rsidR="00B365A5" w:rsidRPr="00BC5AE1" w:rsidRDefault="00B365A5" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Título del artículo en la lengua escogida</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08251DA5" w14:textId="531FE686" w:rsidR="002A7374" w:rsidRPr="00BC5AE1" w:rsidRDefault="00B365A5" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Title of the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>article</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> in English, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>if</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> the </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>chosen</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>is</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>another</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00D9670F" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+        </w:rPr>
+        <w:footnoteReference w:id="1"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03D77C03" w14:textId="7CBD320A" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="01359742" w14:textId="7FF8688F" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="3834D830" w14:textId="1388BCD5" w:rsidR="00F811D0" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F811D0" w:rsidP="00F811D0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Resumen</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Resumo</w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Résumée</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Riassunto</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Zusammenfassung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18CE7FFD" w14:textId="488E5546" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00DA3ED5" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Introduzca aquí el resumen en la lengua escogida. </w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>Se recomienda que esté estructurado en cuatro apartados: objetivos, metodología, resultados y conclusiones. También se aceptan resúmenes narrativos, siempre que incluyan la información de los apartados anteriores. Tendrá una extensión mínima de 200 palabras y máxima de 300 palabras. Debería incluir palabras clave en los lugares adecuados. Debe ser un solo párrafo y no tener subapartados ni incluir citas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B03D9A5" w14:textId="6C701969" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00382EC6" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>alavras</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>-chave</w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Mots-clés</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> /</w:t>
+      </w:r>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Parole</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>chiave</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Schlüsselwörter</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00F27986" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27986" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Introduzca aquí </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk182150275"/>
+      <w:r w:rsidR="00596F3B" w:rsidRPr="00BC5AE1">
+        <w:t>un mínimo de 6 palabras clave</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> en la lengua escogida</w:t>
+      </w:r>
+      <w:r w:rsidR="00596F3B" w:rsidRPr="00BC5AE1">
+        <w:t>, separadas por coma (,) y ordenadas alfabéticamente.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42CAA0A5" w14:textId="77777777" w:rsidR="000442C9" w:rsidRPr="00BC5AE1" w:rsidRDefault="000442C9" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="2C2A75F6" w14:textId="1C34B043" w:rsidR="00F811D0" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F811D0" w:rsidP="00F811D0">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Abstract</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">/ </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Resumen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="66C4543B" w14:textId="1781B4A9" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00DA3ED5" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Introduzca aquí el resumen en inglés</w:t>
+      </w:r>
+      <w:r w:rsidR="00596F3B" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> si la lengua escogida es otra</w:t>
+      </w:r>
+      <w:r w:rsidR="002128D8" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">; en español si la lengua escogida es el inglés; o en inglés y en español </w:t>
+      </w:r>
+      <w:r w:rsidR="007C57A4" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">si la lengua escogida es </w:t>
+      </w:r>
+      <w:r w:rsidR="002128D8" w:rsidRPr="00BC5AE1">
+        <w:t>el francés, el italiano o el alemán</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>Se recomienda que esté estructurado en cuatro apartados: objetivos, metodología, resultados y conclusiones. También se aceptan resúmenes narrativos, siempre que incluyan la información de los apartados anteriores. Tendrá una extensión mínima de 200 palabras y máxima de 300 palabras. Debería incluir palabras clave en los lugares adecuados. Debe ser un solo párrafo y no tener subapartados ni incluir citas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7988032A" w14:textId="2C5ABCEA" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00382EC6" w:rsidP="00AE226A">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Keywords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> / </w:t>
+      </w:r>
+      <w:r w:rsidR="00E95674" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Palabras clave</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27986" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27986" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Introduzca aquí </w:t>
+      </w:r>
+      <w:r w:rsidR="00596F3B" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">un mínimo de 6 palabras clave </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">en </w:t>
+      </w:r>
+      <w:r w:rsidR="004A7618" w:rsidRPr="00BC5AE1">
+        <w:t>la lengua que corresponda</w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t>, separadas por coma (,) y ordenadas alfabéticamente</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="22074371" w14:textId="77777777" w:rsidR="004325AE" w:rsidRPr="00BC5AE1" w:rsidRDefault="004325AE" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="70966E1C" w14:textId="77777777" w:rsidR="004325AE" w:rsidRPr="00BC5AE1" w:rsidRDefault="004325AE" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="311B050E" w14:textId="6CCD7BE2" w:rsidR="004325AE" w:rsidRPr="00BC5AE1" w:rsidRDefault="004325AE" w:rsidP="000442C9">
+      <w:pPr>
+        <w:jc w:val="right"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">[CITA </w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>INICIAL,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> si la hubiera]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71EE6BE6" w14:textId="77777777" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="22520708" w14:textId="10B883B9" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="3DA36C5A" w14:textId="7DEA3A02" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">1. </w:t>
+      </w:r>
+      <w:r w:rsidR="00065CC2" w:rsidRPr="00BC5AE1">
+        <w:t>EPÍGRAFE DE PRIMER NIVEL</w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (INTRODUCCIÓN)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="11A21991" w14:textId="142B62C7" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="331548E6" w14:textId="486C603E" w:rsidR="004A53DB" w:rsidRPr="00BC5AE1" w:rsidRDefault="00382EC6" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>La extensión del artículo será como mínimo de 6</w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>000 palabras y como máximo de 1</w:t>
+      </w:r>
+      <w:r w:rsidR="008F13E5" w:rsidRPr="00BC5AE1">
+        <w:t>4.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>000, excluidos el título, el resumen y las palabras clave, así como sus correspondientes traducciones</w:t>
+      </w:r>
+      <w:r w:rsidR="004A53DB" w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC26EF7" w14:textId="2C54444B" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="004A53DB" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1">
+        <w:t>Es conveniente distribuir el contenido en apartados, con sus correspondientes epígrafes (precedidos y seguidos de tres y dos retornos de párrafo respectivamente).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FBC9168" w14:textId="2E7D3E59" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00BC5AE1">
+        <w:t>El primer apartado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> debe incluir, a modo de introducción, </w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>los fundamentos y el propósito del estudio. No debe incluir datos o conclusiones del trabajo presentado. No es necesario realizar una revisión bibliográfica detallada</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C964919" w14:textId="15CDA757" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00065CC2" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>Los párrafos irán sangrados con 1,25 cm a la izquierda, a excepción de la primera línea de las citas textuales exentas y tras títulos o epígrafes</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A5F3CC6" w14:textId="3CE9682A" w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1" w:rsidRDefault="00DA3ED5" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>Se evitarán los recursos tipográficos de énfasis (mayúsculas, negritas, subrayados, etc.) salvo en los casos especificados, o cuando se usen palabras que así lo exijan</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42AB42EF" w14:textId="6ED7BF2F" w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1" w:rsidRDefault="00DA3ED5" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t xml:space="preserve">Si el artículo precisa ilustraciones, estas han de presentarse en archivo aparte, con buena resolución y formato. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk182153014"/>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Todas las ilustraciones, figuras, gráficos, cuadros y tablas se presentarán colocados en los lugares del texto apropiados y no al final del documento, con título y numerados correlativamente. Solo se utilizarán aquellos que, por su relevancia, sean necesarios para apoyar los argumentos recogidos en el texto. </w:t>
+      </w:r>
+      <w:r w:rsidR="00B95CCA" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Estos elementos tendrán un encabezado con la numeración (con letra redonda) y el título (en cursiva), en Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B95CCA" w:rsidRPr="00BC5AE1">
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B95CCA" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> de 11 puntos e interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidR="00186018" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, así como </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00B95CCA" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">un pie que indicará la fuente (con letra redonda), también en Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00B95CCA" w:rsidRPr="00BC5AE1">
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00B95CCA" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> de 11 puntos e interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00610F4D" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> Ejemplo de imagen:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="52E2BEC3" w14:textId="5FBD27E3" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="3D323098" w14:textId="60B8BEF6" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="006A4DC3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...151 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Imagen 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE226A" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00DA3ED5">
-[...654 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Título de la imagen</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5242317C" w14:textId="77777777" w:rsidR="000442C9" w:rsidRPr="00BC5AE1" w:rsidRDefault="000442C9" w:rsidP="006A4DC3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...16 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="28F252D1" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="006A4DC3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...19 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
           <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:lang w:eastAsia="es-ES"/>
         </w:rPr>
         <w:drawing>
           <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="52F913E4" wp14:editId="387CE812">
             <wp:extent cx="3926205" cy="902335"/>
             <wp:effectExtent l="0" t="0" r="0" b="0"/>
             <wp:docPr id="3" name="Imagen 3" descr="Interfaz de usuario gráfica, Texto, Aplicación&#10;&#10;Descripción generada automáticamente con confianza media"/>
             <wp:cNvGraphicFramePr>
               <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
             </wp:cNvGraphicFramePr>
             <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
               <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                   <pic:nvPicPr>
                     <pic:cNvPr id="2" name="Imagen 2" descr="Interfaz de usuario gráfica, Texto, Aplicación&#10;&#10;Descripción generada automáticamente con confianza media"/>
                     <pic:cNvPicPr>
                       <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                     </pic:cNvPicPr>
                   </pic:nvPicPr>
                   <pic:blipFill>
                     <a:blip r:embed="rId8">
                       <a:extLst>
                         <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                           <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                         </a:ext>
                       </a:extLst>
                     </a:blip>
                     <a:srcRect/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3926205" cy="902335"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:inline>
         </w:drawing>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38092164" w14:textId="77777777" w:rsidR="004A53DB" w:rsidRDefault="004A53DB" w:rsidP="00BB3B1B">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="2591686E" w14:textId="77777777" w:rsidR="000442C9" w:rsidRPr="00BC5AE1" w:rsidRDefault="000442C9" w:rsidP="006A4DC3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="078219D6" w14:textId="50714C85" w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="006A4DC3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fuente: Autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>/a</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, año</w:t>
+      </w:r>
+      <w:r w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>: página</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="545DC6E1" w14:textId="7CF17F1E" w:rsidR="00610F4D" w:rsidRDefault="00BB3B1B" w:rsidP="00BB3B1B">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="545DC6E1" w14:textId="7CF17F1E" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BB3B1B" w:rsidP="006A4DC3">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...62 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[Si la imagen tiene copyright, especifíquelo (Ejemplo: «Fuente: © Museo Nacional del Prado»)</w:t>
+      </w:r>
+      <w:r w:rsidR="00BD7BEA" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2DC7A9E8" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="5FCDF2DC" w14:textId="012077FE" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BB3B1B" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00610F4D" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Si desea insertar una tabla, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>diseñe</w:t>
+      </w:r>
+      <w:r w:rsidR="00610F4D" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> una sencilla tabla </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">(Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> de 11 puntos e interlineado sencillo) </w:t>
+      </w:r>
+      <w:r w:rsidR="00610F4D" w:rsidRPr="00BC5AE1">
+        <w:t>sin formato, como la siguiente:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7AEAC9FE" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="1C5420F1" w14:textId="0053A50F" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="0061185E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Tabla 1</w:t>
+      </w:r>
+      <w:r w:rsidR="00AE226A" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00610F4D">
-[...172 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Título de la tabla</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B734C0C" w14:textId="77777777" w:rsidR="000442C9" w:rsidRPr="00BC5AE1" w:rsidRDefault="000442C9" w:rsidP="0061185E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...20 lines deleted...]
-          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="Tablaconcuadrcula"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:jc w:val="center"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="2829"/>
         <w:gridCol w:w="2829"/>
         <w:gridCol w:w="2830"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00610F4D" w:rsidRPr="00610F4D" w14:paraId="2F064B95" w14:textId="77777777" w:rsidTr="00E33A23">
+      <w:tr w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w14:paraId="2F064B95" w14:textId="77777777" w:rsidTr="00E33A23">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77CFC4EE" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00610F4D" w:rsidRDefault="00610F4D" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="77CFC4EE" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00610F4D">
+            <w:r w:rsidRPr="00BC5AE1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ejemplo de tabla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="78C2E601" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00610F4D" w:rsidRDefault="00610F4D" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="78C2E601" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00610F4D">
+            <w:r w:rsidRPr="00BC5AE1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ejemplo de tabla</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="67FEA4D4" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00610F4D" w:rsidRDefault="00610F4D" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="67FEA4D4" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00610F4D">
+            <w:r w:rsidRPr="00BC5AE1">
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Ejemplo de tabla</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00610F4D" w:rsidRPr="00610F4D" w14:paraId="5F0F9042" w14:textId="77777777" w:rsidTr="00E33A23">
+      <w:tr w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w14:paraId="5F0F9042" w14:textId="77777777" w:rsidTr="00E33A23">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1F8E628E" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00610F4D" w:rsidRDefault="00610F4D" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="1F8E628E" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3467A9BE" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00610F4D" w:rsidRDefault="00610F4D" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="3467A9BE" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="07E7B4CB" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00610F4D" w:rsidRDefault="00610F4D" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="07E7B4CB" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3B1B" w:rsidRPr="00610F4D" w14:paraId="18661B51" w14:textId="77777777" w:rsidTr="00E33A23">
+      <w:tr w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w14:paraId="18661B51" w14:textId="77777777" w:rsidTr="00E33A23">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="38FCF8B3" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00610F4D" w:rsidRDefault="00BB3B1B" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="38FCF8B3" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BB3B1B" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="5BDDBC8C" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00610F4D" w:rsidRDefault="00BB3B1B" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="5BDDBC8C" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BB3B1B" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="649738AC" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00610F4D" w:rsidRDefault="00BB3B1B" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="649738AC" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BB3B1B" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB3B1B" w:rsidRPr="00610F4D" w14:paraId="34079C4E" w14:textId="77777777" w:rsidTr="00E33A23">
+      <w:tr w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w14:paraId="34079C4E" w14:textId="77777777" w:rsidTr="00E33A23">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="25C650C8" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00610F4D" w:rsidRDefault="00BB3B1B" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="25C650C8" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BB3B1B" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2829" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4415DB27" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00610F4D" w:rsidRDefault="00BB3B1B" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="4415DB27" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BB3B1B" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2830" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1585407C" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00610F4D" w:rsidRDefault="00BB3B1B" w:rsidP="00BB3B1B">
+          <w:p w14:paraId="1585407C" w14:textId="77777777" w:rsidR="00BB3B1B" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BB3B1B" w:rsidP="0061185E">
             <w:pPr>
-              <w:tabs>
-[...2 lines deleted...]
-              <w:jc w:val="center"/>
+              <w:spacing w:line="240" w:lineRule="auto"/>
               <w:rPr>
-                <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="731E1CE0" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00610F4D" w:rsidRDefault="00610F4D" w:rsidP="00BB3B1B">
-[...4 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    <w:p w14:paraId="1E231F64" w14:textId="77777777" w:rsidR="000442C9" w:rsidRPr="00BC5AE1" w:rsidRDefault="000442C9" w:rsidP="0061185E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...9 lines deleted...]
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="216D7B87" w14:textId="51394BF0" w:rsidR="00382EC6" w:rsidRPr="00BC5AE1" w:rsidRDefault="00382EC6" w:rsidP="0061185E">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...44 lines deleted...]
-        </w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Fuente: Autor/a, año: página (o «elaboración propia»)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61D8D711" w14:textId="77777777" w:rsidR="00610F4D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00610F4D" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="181B257A" w14:textId="286C91D0" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00DA3ED5" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00DA3ED5">
-[...540 lines deleted...]
-        <w:r w:rsidRPr="00DA3ED5">
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>Las imágenes, dibujos, fotografías, figuras, tablas, gráficos, etc. que ilustran los artículos deberán ser obra de los autores/as del artículo o, en caso contrario, deberán estar libres de derechos, o bajo licencias </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:tooltip="Creative Commons" w:history="1">
+        <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...2 lines deleted...]
-            <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Harvard</w:t>
+          <w:t>Creative Commons</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00DA3ED5">
-[...64 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t> que permitan su reutilización e indiquen los usos que pueden hacerse de estos. Si los autores/as utilizasen imágenes, gráficos, etc., protegidos por derechos de autor, deberán haber solicitado y obtenido la autorización de los creadores/as de dichas imágenes, gráficos, etc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004A53DB" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+        </w:rPr>
+        <w:footnoteReference w:id="2"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33F2C6B3" w14:textId="03BDA1D7" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="1CF65C4C" w14:textId="323F8303" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="4991D4CB" w14:textId="7D10BD0F" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00065CC2" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>2. EPÍGRAFE DE PRIMER NIVEL</w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (DESARROLLO)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7FA9AAD3" w14:textId="2B0B565E" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="5DEA3D1C" w14:textId="0791BA48" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Debe incluirse el marco teórico y la metodología que sustentan la investigación en el lugar adecuado.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D396EF6" w14:textId="1AE8A7EE" w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Si las citas textuales tienen menos de cuatro líneas, se incluirán a renglón seguido en el cuerpo del texto y entre comillas angulares («...»). En estas, la separación entre versos se indicará con barra transversal (/) precedida y seguida de espacio: «Cerrar </w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">podrá mis ojos la postrera / sombra que me llevare el blanco día». Si tienen más de cuatro líneas, se proporcionarán en párrafo aparte como citas exentas, con dos retornos de párrafo antes y después, sin entrecomillar, con margen de 2 cm respecto al margen izquierdo, letra Times New </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>Roman</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> de 11 puntos e interlineado sencillo</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="004013BB" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> He aquí un ejemplo:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5DDBD988" w14:textId="56351677" w:rsidR="004013BB" w:rsidRPr="00BC5AE1" w:rsidRDefault="004013BB" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="2763F491" w14:textId="4A0D4108" w:rsidR="004013BB" w:rsidRPr="00BC5AE1" w:rsidRDefault="004013BB" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Cita"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>En este formato aparecería una cita literal superior a cuatro líneas. En este formato aparecería una cita literal superior a cuatro líneas. En este formato aparecería una cita literal superior a cuatro líneas. En este formato aparecería una cita literal superior a cuatro líneas. En este formato aparecería una cita literal superior a cuatro líneas. En este formato aparecería una cita literal superior a cuatro líneas. En este formato aparecería una cita literal superior a cuatro líneas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6392C5A9" w14:textId="77777777" w:rsidR="004013BB" w:rsidRPr="00BC5AE1" w:rsidRDefault="004013BB" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="1F62DE83" w14:textId="1B4F4B53" w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>Si dentro de la cita hubiera otra, irá entre comillas inglesas (</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3892" w:rsidRPr="00BC5AE1">
+        <w:t>”</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>). Si hubiera un tercer nivel de cita, irá entre comillas simples (</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>...</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">). Los añadidos al texto de una cita irán entre corchetes; las elipsis, con puntos suspensivos </w:t>
+      </w:r>
+      <w:r w:rsidR="001E3892" w:rsidRPr="00BC5AE1">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>[...]</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3892" w:rsidRPr="00BC5AE1">
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>; y para resaltar la literalidad de un término se usará «[sic]»</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA3ED5" w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61069207" w14:textId="57076B7E" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="772D1B07" w14:textId="4396B5CE" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00065CC2" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>2.1. Epígrafe de segundo nivel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06966078" w14:textId="51FF900B" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="202D0091" w14:textId="77777777" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Las citas bibliográficas en el cuerpo del texto y las referencias correspondientes en la lista bibliográfica al final del artículo seguirán el </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Harvard </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Referencing</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00DA3ED5">
-[...877 lines deleted...]
-        <w:r w:rsidRPr="00EF2D18">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>System</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>, con las concreciones que se indican a continuación. Se puede consultar a este respecto la guía de </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:tgtFrame="_blank" w:tooltip="Guía de estilo Harvard" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:bCs/>
           </w:rPr>
-          <w:t>Harvard</w:t>
+          <w:t>Estilo Harvard</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF2D18">
-[...13 lines deleted...]
-    <w:p w14:paraId="0D9504D8" w14:textId="6924E58C" w:rsidR="00EF2D18" w:rsidRPr="00EF2D18" w:rsidRDefault="00EF2D18" w:rsidP="0044782D">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t> de la Biblioteca de la Universidad de Alicante.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3CA6AB2A" w14:textId="5BB6CF2E" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="567"/>
+          <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
-        <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...9 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:tab/>
-      </w:r>
-[...23 lines deleted...]
-        </w:rPr>
+        <w:t>Las citas bibliográficas en el cuerpo del texto seguirán el modelo siguiente: (Apellido/s del autor/a, año: número de página/s). En ningún caso podrá omitirse el año de la obra. Ejemplo: «(Florescu, 1971: 120)</w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Solamente se omitirá el apellido del autor/a cuando esté situado inmediatamente antes del paréntesis o antes en la misma frase. Ejemplos: </w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t>«Este planteamiento ha sido hecho por Florescu (1971: 120)» o «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Vasile Florescu desarrolló este planteamiento (1971: 120)</w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t>». Si la cita acoge a varios</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>/as</w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> autores</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>/as</w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t>, se separarán por punto y coma</w:t>
+      </w:r>
+      <w:r w:rsidR="00924013" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (;)</w:t>
+      </w:r>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t>, ordenándolos por fecha o alfabéticamente. Ejemplos: «(</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk179441903"/>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t>Lausberg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, 1960; </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Martin, 1975: 125; Copeland, 2007: 120)» o «(Copeland, 2007: 120; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t>Lausberg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00656788" w:rsidRPr="00BC5AE1">
+        <w:t>, 1960; Martin, 1975: 125)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6101443F" w14:textId="46441CB4" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t xml:space="preserve">Cuando en una cita se haga referencia a páginas sucesivas, se pondrán el número de la primera y el de la última página del fragmento referido, separados por un guion corto. Ejemplo: </w:t>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>(Murphy, 2007: 120-123)</w:t>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. Cuando en una cita se haga referencia a </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:lastRenderedPageBreak/>
+        <w:t>páginas no sucesivas, se pondrán los números de las páginas separados por coma</w:t>
+      </w:r>
+      <w:r w:rsidR="00924013" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (,)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. Ejemplo: </w:t>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>(Murphy, 2007: 126, 140)</w:t>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="2BD94009" w14:textId="487A59DC" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="18D6166E" w14:textId="49AB9339" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00065CC2" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo3"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>2.1.1. Epígrafe de tercer nivel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="563BC4E0" w14:textId="4DFCB70A" w:rsidR="00065CC2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00065CC2" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="15EA200F" w14:textId="5A7AEAFC" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Cuando se incluyan en un mismo paréntesis dos o más obras del mismo autor</w:t>
+      </w:r>
+      <w:r w:rsidR="00382EC6" w:rsidRPr="00BC5AE1">
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>a, no se repetirá el apellido y los años irán separados por punto y coma</w:t>
+      </w:r>
+      <w:r w:rsidR="00924013" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (;)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Ejemplos: «(Kennedy, 1963; 1972; 1980)» o «(Kennedy, 1963: 260-262; 1972: 44; 1980: 13-16)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51DC94A6" w14:textId="3C7BEDE1" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00924013" w:rsidRPr="00BC5AE1">
+        <w:t>Cuando se citen en el artículo varios trabajos de un autor/a publicados en el mismo año, se distinguirán incluyendo letras minúsculas en orden alfabético tras la fecha, no poniéndose en este caso ningún año sin la letra que corresponda. Ejemplos:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> «(López Eire, 1998a; 1998b)» o «(López Eire, 1998a)» y, más adelante, «(López Eire, 1998b)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17D44B91" w14:textId="77777777" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t>Cuando la referencia corresponda a una idea o a una cuestión o planteamiento, si se da el caso de que es tratada en un conjunto amplio e indeterminado de páginas, se podrá incluir la primera página en la que es tratada dicha idea o cuestión seguida de «ss.» (siguientes). Ejemplo: «(Kennedy, 1963: 260 ss.)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4663C6B4" w14:textId="77777777" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t>Cuando se quiera hacer referencia a que una idea o planteamiento está presente en muchos lugares de un artículo o un libro o a lo largo de todo un artículo o un libro, no se utilizará la expresión «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>passim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">», sino que se pondrá el año sin indicación de páginas. Ejemplo: «(Kennedy, 1963)», pero no «(Kennedy, 1963: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>passim</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20DA24EF" w14:textId="479271CD" w:rsidR="00065CC2" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t>Cuando se citen libros colectivos con editores/as o coordinadores/as se incluirá la abreviatura propia de la edición utilizada —[ed.], [eds.], [coord.], [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>coords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.], [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>org</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.], [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>orgs</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.], [a cura di], [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Hrsg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.], etc.— entre corchetes dentro del paréntesis en el que figuren los apellidos de los editores/as o coordinadores/as y antes del año. Ejemplos: «(Camargo [ed.], 1995)» o «(Plett [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Hrsg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.], 1977)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0ABE3622" w14:textId="77777777" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="66B12B09" w14:textId="629C8D65" w:rsidR="00065CC2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00065CC2" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo4"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>2.1.1.1. Epígrafe de cuarto nivel</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2AE94365" w14:textId="51CB3C27" w:rsidR="00065CC2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00065CC2" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="6B4B7011" w14:textId="1CACA06E" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Cuando se citen artículos o libros de dos o tres autores/as, los apellidos irán separados por «&amp;». Ejemplos: «(García Berrio &amp; Albaladejo, 1983: 127)» o «(Hovland &amp; Janis &amp; Kelley, 1967: 50-51)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3BE1FB9B" w14:textId="6C33EB07" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+        <w:t>Si se citan artículos o libros de más de tres autores/as, se pondrán solamente los apellidos del primero seguido de «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>». Ejemplo: «(Bobes Naves </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>, 1995: 133-135)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C2D5B09" w14:textId="70CEA23E" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t>Estos mismos criterios se seguirán cuando se trate de libros colectivos cuyos/as editores/as o coordinadores/as sean dos, tres o más: en caso de dos o tres editores/as o coordinadores/as, se pondrán todos, pero en caso de más de tres, se pondrá solamente el primero seguido de «</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>»). Ejemplos: «(Chico Rico &amp; Gallor Guarín [eds.], 2024)», «(Chico Rico &amp; Martín Jiménez &amp; Rodríguez Pequeño [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>coords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">.], 2025)» o «(Chico Rico </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> [eds.], 2025)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26ADB273" w14:textId="3EDA7BAE" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t xml:space="preserve">Cuando se cite, literalmente o no, a un autor/a (fuente primaria) cuyas ideas o planteamientos se encuentran insertos en el trabajo de otro/a autor/a (fuente secundaria) debe especificarse el autor/a primario/a y el autor/a secundario/a, a través del cual se cita al primero. Ejemplos: «Para </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Dupréel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, “Tout </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>différend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF2D18">
-[...73 lines deleted...]
-        </w:rPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>tend</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> à </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>d'étendre</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>aux</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>tiers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, qui le </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>développent</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>prenant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>parti</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>” (</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Dupréel</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, en Perelman &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Olbrechts-Tyteca</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, 1989: 308)» o «De ahí la dificultad de ser neutral “entre des femmes qui </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>nous</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>sont</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>également</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>amies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">” (La Bruyère, en Perelman &amp; </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Olbrechts-Tyteca</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>, 1989: 308)».</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70A3A7A3" w14:textId="1CA726BA" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:r w:rsidRPr="00BC5AE1">
         <w:tab/>
-        <w:t xml:space="preserve">A </w:t>
-[...1405 lines deleted...]
-        </w:rPr>
+        <w:t>Si hay referencias bibliográficas en una nota a pie de página, también irán entre paréntesis, del mismo modo que en el cuerpo del texto. No se podrán poner en nota a pie de página los datos completos de las referencias bibliográficas, las cuales deben ir en la lista final de referencias bibliográficas.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="51630B74" w14:textId="5EC789D7" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t>No se utilizarán abreviaturas del tipo de </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>cfr</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>vid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>cit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>., </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>op</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>cit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>id</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>., </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ibid</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. (o </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ibidem</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>), etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C7E5E11" w14:textId="77777777" w:rsidR="00065CC2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00065CC2" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="431DC6D1" w14:textId="28C92ED3" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="209AA8D7" w14:textId="404740BE" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>3. EPÍGRAFE DE PRIMER NIVEL (CONCLUSIONES)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49161CBC" w14:textId="088BA2AD" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="57D4AADA" w14:textId="25EE5C4A" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">El último </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5AE1">
+        <w:t>apartado</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (antes de la «Bibliografía»</w:t>
+      </w:r>
+      <w:r w:rsidR="001E3892" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> del artículo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>) debe titularse «</w:t>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>CONCLUSIONES</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>» o de forma similar y servirá para cerrar el desarrollo del trabajo. Resumirá las ideas que se pueden extraer de los resultados de la investigación y de su discusión.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2BB0DCB4" w14:textId="77777777" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="5DA7FDB1" w14:textId="77777777" w:rsidR="00944068" w:rsidRPr="00BC5AE1" w:rsidRDefault="00944068" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="21FE3F60" w14:textId="09065921" w:rsidR="00944068" w:rsidRPr="00BC5AE1" w:rsidRDefault="00944068" w:rsidP="00944068">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>USO DE INTELIGENCIA ARTIFICIAL (IA)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3696FE03" w14:textId="77777777" w:rsidR="00944068" w:rsidRPr="00BC5AE1" w:rsidRDefault="00944068" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="25A55BC3" w14:textId="64FA100E" w:rsidR="00944068" w:rsidRPr="00BC5AE1" w:rsidRDefault="00944068" w:rsidP="00944068">
+      <w:r w:rsidRPr="00BC5AE1">
         <w:lastRenderedPageBreak/>
-        <w:t>Trabajos en actas de congresos</w:t>
-[...556 lines deleted...]
-        <w:r w:rsidRPr="00EF2D18">
+        <w:t>Indique si se han aplicado o no herramientas de inteligencia artificial (IA) en la investigación (recopilación de datos, análisis de datos, etc.). En caso afirmativo, los autores deberán señalar, con detalle, en la sección metodológica (o sección similar) del artículo, qué herramientas y cómo se utilizaron.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3FB40DE5" w14:textId="75525835" w:rsidR="00944068" w:rsidRPr="00BC5AE1" w:rsidRDefault="00944068" w:rsidP="00944068">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t>Indique también si se han usado o no herramientas de inteligencia artificial generativa (IAG), disponibles públicamente, para refinar, corregir, traducir, dar formato o editar el texto del trabajo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1D483E16" w14:textId="77777777" w:rsidR="00944068" w:rsidRPr="00BC5AE1" w:rsidRDefault="00944068" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="27640BB8" w14:textId="77777777" w:rsidR="00656788" w:rsidRPr="00BC5AE1" w:rsidRDefault="00656788" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="6DAB0274" w14:textId="6E69CA8B" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:pStyle w:val="Ttulo1"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>BIBLIOGRAFÍA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4FDE9F9E" w14:textId="2A9E472B" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="7E047F4F" w14:textId="79641DDD" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00BC5AE1" w:rsidP="00AE226A">
+      <w:r>
+        <w:t>Este apartado</w:t>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> presentará la lista de referencias bibliográficas citadas a lo largo del artículo de investigación, siguiendo el estilo «Harvard» de citación. Teniendo en cuenta el requisito general de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>anonimización</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, para citar los trabajos propios del autor/a en el artículo se sustituirán, tanto en el cuerpo del texto como en la bibliografía final, su/s apellido/s y, en su caso, nombre, por la expresión «Autor» o «Autora», seguida de un paréntesis indicando la fecha del trabajo. Por ejemplo, en lugar de «García </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>García</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (2015)», habrá que escribir «Autor (2015)». Esta es toda la información que se consignará en la bibliografía del artículo, con el fin de garantizar el anonimato.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49406EC7" w14:textId="77777777" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="0061185E">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>Las entradas se dispondrán en párrafo francés (de 1 cm). Regirá el orden alfabético de apellido/s de autores/as; en el caso de un autor/a con varias obras, el cronológico de publicación; y, si tiene varias del mismo año, se distinguirán incluyendo letras minúsculas en orden alfabético tras la fecha: 1987a, 1987b, etc.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="201F2FDC" w14:textId="47E6AFB2" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+        <w:t>Cuando la misma persona figure unas veces como autor/a y otras como editor/a (o lo que proceda), la secuencia será esta: en primer lugar, como autor/a único/a; en segundo lugar, como editor/a (coordinador/a, etc.); y, por fin, como coautor/a. En estos casos de una persona autora con varias obras, se debe repetir el nombre y apellido/s de esta tantas veces como sea necesario. Cada referencia debe ir separada de la anterior con una línea en blanco.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="53D85FFC" w14:textId="77777777" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="0061185E">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>Las referencias bibliográficas que tengan un </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:tooltip="Digital Object Identifier" w:history="1">
+        <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          </w:rPr>
+          <w:t>DOI</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t> (</w:t>
+      </w:r>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Digital </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Object</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Identifier</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="0061185E" w:rsidRPr="00BC5AE1">
+        <w:t>) lo añadirán al final con formato de enlace, como URL completa y segura, sin prefijos ni punto final. El DOI sustituirá a cualquier dirección web en una referencia.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32842A1A" w14:textId="77777777" w:rsidR="0061185E" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Se puede comprobar el DOI de una lista de referencias en la página </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId12" w:tooltip="Simple Text Query" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>Simple Text Query</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Crossref</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28E791C9" w14:textId="1D84B8B6" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="0061185E" w:rsidP="00AE226A">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:lastRenderedPageBreak/>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1">
+        <w:t>continuación</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> se relacionan las referencias bibliográficas que se han puesto como ejemplos de libros, capítulos </w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="0029462F">
+        <w:t xml:space="preserve">de libro, </w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F" w:rsidRPr="0029462F">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F" w:rsidRPr="0029462F">
+        <w:t>rabajos publicados en actas de congresos</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="0029462F">
+        <w:t xml:space="preserve">, artículos, </w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F" w:rsidRPr="0029462F">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F" w:rsidRPr="0029462F">
+        <w:t>rtículos en revistas digitales (con DOI, Handle o URL)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="0029462F">
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F" w:rsidRPr="0029462F">
+        <w:t>o</w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F" w:rsidRPr="0029462F">
+        <w:t>tras fuentes electrónicas (con URL)</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="0029462F">
+        <w:t xml:space="preserve"> y </w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F" w:rsidRPr="0029462F">
+        <w:t>t</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="0029462F">
+        <w:t xml:space="preserve">esis de </w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F" w:rsidRPr="0029462F">
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="0029462F">
+        <w:t>octorado</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> y de </w:t>
+      </w:r>
+      <w:r w:rsidR="0029462F">
+        <w:t>m</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1">
+        <w:t>aestría</w:t>
+      </w:r>
+      <w:r w:rsidR="0044782D" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> en </w:t>
+      </w:r>
+      <w:r w:rsidR="00BC5AE1">
+        <w:t>la sección</w:t>
+      </w:r>
+      <w:r w:rsidR="0044782D" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId13" w:history="1">
+        <w:r w:rsidR="0044782D" w:rsidRPr="00BC5AE1">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>Directrices para autores/as</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="0044782D" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> de la página web de la revista</w:t>
+      </w:r>
+      <w:r w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="151CFD23" w14:textId="1427EA41" w:rsidR="00F27986" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F27986" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="28FC9B4F" w14:textId="0B0255F9" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Libros</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="241F715B" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="434DAEF7" w14:textId="0BC498BC" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Aristóteles (1953): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Retórica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Edición del texto con aparato crítico, traducción, prólogo y notas de Antonio Tovar. Madrid: Centro de Estudios Políticos y Constitucionales, 1999.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10241574" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="163E17B2" w14:textId="55934D31" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Beristáin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, Helena (1985): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Diccionario de Retórica y Poética</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. México: Porrúa, 2000, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D777C2" w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">8ª ed., 2ª </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00D777C2" w:rsidRPr="00BC5AE1">
+        <w:t>reimpr</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67EB92B9" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="69CBEB99" w14:textId="36D8DE2A" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Bobes Naves, María del Carmen </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t> (1995): Historia de la teoría literaria. I: La antigüedad grecolatina. Madrid: Gredos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A466323" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="671FB299" w14:textId="29D4B083" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Camargo, Martin </w:t>
+      </w:r>
+      <w:r w:rsidR="00D777C2" w:rsidRPr="00BC5AE1">
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>ed.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D777C2" w:rsidRPr="00BC5AE1">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (1995): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Medieval </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Rhetorics</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of Prose </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Composition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Five English «Artes </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Dictandi</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">» and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Their</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Tradition</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. New York: Center for Medieval and Early </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Renaissance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Studies</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="71A24CE8" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E02E440" w14:textId="3FC16E85" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Chico Rico, Francisco; Jorge Gallor Guarín [eds.] (2024): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Corrientes actuales en los estudios retóricos iberoamericanos</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. Alacant: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Publicacions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Universitat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Alacant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="36066FFC" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="24181E0D" w14:textId="585E5817" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Chico Rico, Francisco; Alfonso Martín Jiménez; Javier Rodríguez Pequeño [</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>coords</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">.] (2025): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>«</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Ars</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>ingenium</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>coniurant</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>amice</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>». Homenaje al profesor Tomás Albaladejo Mayordomo</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Madrid: UAM Ediciones.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2872D4E7" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5494DFDD" w14:textId="42E074C8" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Chico Rico, Francisco </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> [eds.] (2025): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Pura retórica. Tradición y modernidad en los estudios del discurso</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. Alacant: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Publicacions</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Universitat</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> d</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Alacant.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="027C30E2" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4613747E" w14:textId="69D79035" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Fumaroli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, Marc (1980): </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Âge</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Éloquence</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Rhétorique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> et «res literaria» de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Renaissance</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>au</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>seuil</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> de </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>époque</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>classique</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Genève</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">: Droz, 1984, </w:t>
+      </w:r>
+      <w:r w:rsidR="00D777C2" w:rsidRPr="00BC5AE1">
+        <w:t>2e</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>tirage</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4D04F5DE" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7368E89A" w14:textId="525929FA" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Hernández Guerrero, José Antonio; María del Carmen García Tejera (2004): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>El arte de hablar. Manual de Retórica práctica y de Oratoria moderna</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Barcelona: Ariel.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41AC3DFA" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F6A462B" w14:textId="77777777" w:rsidR="00F863AF" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F863AF" w:rsidP="00F863AF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Murphy, James J. [ed.] (1971): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Sinopsis histórica de la retórica clásica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Versión española de A. R. Bocanegra. Madrid: Gredos, 1988.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3B12C573" w14:textId="77777777" w:rsidR="00F863AF" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F863AF" w:rsidP="00F863AF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="48E59566" w14:textId="1F7DC067" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Page, Ruth </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>et al.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (2022): </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Researching</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Language</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and Social Media</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. London/New York: Routledge. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId14" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
+          </w:rPr>
+          <w:t>https://doi.org/10.4324/9781003121763</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="0A349D28" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7CFCD115" w14:textId="52EBB5BC" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Perelman, Chaïm; Lucie </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Olbrechts-Tyteca</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (1989): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Teoría de la argumentación. La nueva retórica</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Traducción española de Julia Sevilla Muñoz. Madrid: Gredos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37A7BF58" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09EE0247" w14:textId="5CD4ED62" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Plett, Heinrich F. </w:t>
+      </w:r>
+      <w:r w:rsidR="00D777C2" w:rsidRPr="00BC5AE1">
+        <w:t>[</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Hrsg</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00D777C2" w:rsidRPr="00BC5AE1">
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (1977): </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Rhetorik</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Kritische</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Positionen zum Stand der </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Forschung</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>München</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>: Wilhelm Fink.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C16B9B9" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0ADA03C9" w14:textId="6EDFE232" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Quintiliano, Marco F. (1999): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Sobre la formación del orador. Doce libros</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Traducción y comentarios: Alfonso Ortega Carmona. En el XIX centenario de la muerte de Quintiliano. Salamanca: Universidad Pontificia de Salamanca.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DF578E6" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62BE0EE1" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Van Eemeren, Frans H.; Rob Grootendorst; Francisca Snoeck Henkemans (2006): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Argumentación: análisis, evaluación, presentación</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Traducción de Roberto Marafioti. Buenos Aires: Biblos.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57F4BB30" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="68CFED04" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Vico, Giambattista (2005): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Elementos de retórica. El sistema de los estudios de nuestro tiempo y Principios de oratoria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Edición de Celso Rodríguez Fernández y Fernando Romo Feito. Madrid: Trotta.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="330FC33A" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="43480E41" w14:textId="6AEB9580" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Capítulos de libro</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="45C5BA78" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="752BC617" w14:textId="5588EF96" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Groupe µ (1994): «Rhetoric and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Polyisotopy</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Poetic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Texts</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>», en János S. Petőfi; Terry Olivi [eds.]: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Approaches</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Poetry. Some </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Aspects</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Textuality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Intertextuality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Intermediality</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Berlin</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>/New York: Walter de Gruyter, pp. 69-76.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C890966" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2B5B5625" w14:textId="45923D58" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Hill, Forbes I. (1971): «La Retórica de Aristóteles», en Murphy [ed.] (1971), pp. 34-116.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="083B35B3" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6A049198" w14:textId="7BD7666F" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Murphy, James J. (1971): «Orígenes y primer desarrollo de la retórica», en Murphy [ed.] (1971), pp. 9-33.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0E706C5E" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12632B5A" w14:textId="77777777" w:rsidR="00F863AF" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F863AF" w:rsidP="00F863AF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Palomera, Esteban J. (2003): «Introducción», en Diego Valadés: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Retórica Cristiana</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Traducción a cargo de Tarsicio Herrera Zapién. Junto con Julio Pimentel Álvarez, Alfonso Castro Pallares y Esteban Palomares Chávez. Con la colaboración de Guillermo Herrera Zapién e Ignacio Marroquín Castañeda. Introducción de Esteban J. Palomera. México: Fondo de Cultura Económica, pp. VII-LXVII.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0182CD14" w14:textId="77777777" w:rsidR="00F863AF" w:rsidRPr="00BC5AE1" w:rsidRDefault="00F863AF" w:rsidP="00F863AF">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11D34A36" w14:textId="37E746EF" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Schütrumpf, Eckart (1994): «Non-</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>logical</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> Means of </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Persuasion</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> in </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Aristotle</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Rhetoric</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> and </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Cicero</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>s</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">De </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>oratore</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">», en William W. Fortenbaugh; David C. </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Mirhady</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> [eds.]: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Peripatetic</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rhetoric After Aristotle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. New Brunswick/London: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Transaction</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Publishers</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>, pp. 95-110.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4966012E" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="21BF88D6" w14:textId="6DE615BC" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D9670F" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Trabajos publicados en actas de congresos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="03C25012" w14:textId="77777777" w:rsidR="00D9670F" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D9670F" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="77DFDD5D" w14:textId="3D3BC3A8" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Arduini, Stefano (1998): «El concepto de </w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>‘</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>figura</w:t>
+      </w:r>
+      <w:r w:rsidR="00492B11" w:rsidRPr="00BC5AE1">
+        <w:t>’</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> en la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Institutio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> oratoria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t> de Quintiliano», en Tomás Albaladejo; Emilio del Río; José A. Caballero [eds.]: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">Quintiliano: historia y actualidad de la Retórica. Actas del Congreso Internacional «Quintiliano: historia y actualidad de la Retórica: XIX Centenario </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Institutio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Oratoria»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>. Logroño: Gobierno de La Rioja / Instituto de Estudios Riojanos, pp. 125-140.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6A238D41" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="623C279A" w14:textId="646D0898" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>García Berrio, Antonio (1990): «Retórica general literaria o Poética general», en AA. VV.: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Investigaciones Semióticas, III. Retórica y Lenguajes. Actas del III Simposio Internacional de la A.E.S.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>, vol. I. Madrid: Universidad Nacional de Educación a Distancia, pp. 11-21.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38C831A9" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="7325FDC1" w14:textId="4BF12FEA" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+        <w:t>Artículos</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5B4249E8" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="3CD3A4A9" w14:textId="4E5637BB" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Calboli</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, Gualtiero (1998): «From </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Aristotelian</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>λέξις</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>to</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>elocutio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">». </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Rhetorica</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">. A </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Journal</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of the History of Rhetoric</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>, 16(1): 47-80.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="60D8E737" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1E60C4C2" w14:textId="3679611A" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Domínguez Caparrós, José (1988-1989): «La retórica en la interpretación psicoanalítica». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Estudios de Lingüística. Universidad de Alicante</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>, 5: 17-28.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="18D8C6CF" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="347E9B4E" w14:textId="1E463C5B" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D9670F" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>Artículos en revistas digitales (con DOI, Handle o URL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="598FC45F" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52B1325E" w14:textId="49788607" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk180754617"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Bermejo-Berros, Jesús (2024): «La necesidad de la </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>intellectio</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> en el sistema retórico y publicitario». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Rétor</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, 14(1): 22-41. DOI: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId15" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
+          <w:rPr>
+            <w:rStyle w:val="Hipervnculo"/>
           </w:rPr>
           <w:t>http://doi.org/10.61146/retor.v14.n1.210</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF2D18">
-[...93 lines deleted...]
-        <w:r w:rsidRPr="00EF2D18">
+    </w:p>
+    <w:p w14:paraId="3FBF753E" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1DA32222" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Martín Jiménez, Alfonso (1992): «Los aspectos temporales del componente imaginario del texto dramático». </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Castilla. Estudios de Literatura</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, 17: 69-80. Handle: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId16" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:bCs/>
           </w:rPr>
-          <w:t>https://doi.org/10.17380/rr2016.1.3</w:t>
+          <w:t>http://uvadoc.uva.es/handle/10324/13921</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF2D18">
-[...70 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="29313977" w14:textId="77777777" w:rsidR="00D777C2" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="018844B0" w14:textId="131C69FB" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t xml:space="preserve">Ramírez Vidal, Gerardo (2012): «Fray Diego Valadés y el tratado </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>seudoluliano</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...9 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">In </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>rhetoricam</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...22 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> isagoge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t xml:space="preserve">». </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">Nova </w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-          <w:bCs/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Tellvs</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="00EF2D18">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">, 30(1): 167-197. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId17" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-            <w:bCs/>
           </w:rPr>
           <w:t>https://revistas-filologicas.unam.mx/nouatellus/index.php/nt/article/view/409/403</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF2D18">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (consulta: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>dd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...3 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>aaaa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...28 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>).</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2A82539A" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A"/>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="2B7E483D" w14:textId="34776671" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D9670F" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...36 lines deleted...]
-        <w:r w:rsidRPr="00EF2D18">
+        </w:rPr>
+        <w:t>Otras fuentes electrónicas (con URL)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3EB76C9E" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A">
+      <w:bookmarkStart w:id="4" w:name="_Hlk182070313"/>
+    </w:p>
+    <w:p w14:paraId="204682BA" w14:textId="697EF04B" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t>Torres-Dulce, Eduardo (2021): «El lenguaje del Derecho: argumentación, contradicción y debate para resolver conflictos». URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId18" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://se-ret.org/index.php/2021/06/16/tercera-sesion-del-ciclo-de-conferencias/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF2D18">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (consulta: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>dd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>aaaa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C019188" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00EF2D18" w:rsidRDefault="0044782D" w:rsidP="0044782D">
-[...27 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="5C019188" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+      </w:pPr>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="253A7978" w14:textId="769ED896" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Biografía de Federico García Lorca</w:t>
       </w:r>
-      <w:r w:rsidRPr="00EF2D18">
-[...6 lines deleted...]
-        <w:r w:rsidRPr="00EF2D18">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. URL: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId19" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://www.cervantesvirtual.com/portales/federico_garcia_lorca/biografia/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF2D18">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> (consulta: </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>dd</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>/mm/</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>aaaa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>).</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4F52B60D" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00EF2D18" w:rsidRDefault="00EF2D18" w:rsidP="0044782D">
-[...19 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+    <w:p w14:paraId="4F52B60D" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="331EF92C" w14:textId="1DCEC63D" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A">
+      <w:pPr>
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
-[...4 lines deleted...]
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:bCs w:val="0"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
           <w:b/>
-          <w:bCs/>
+          <w:bCs w:val="0"/>
         </w:rPr>
         <w:t>Tesis de Doctorado, Tesis de Maestría, etc.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0CA27213" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="0044782D" w:rsidRDefault="00EF2D18" w:rsidP="0044782D">
-[...44 lines deleted...]
-        <w:r w:rsidRPr="00EF2D18">
+    <w:p w14:paraId="0CA27213" w14:textId="77777777" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00EF2D18" w:rsidP="00AE226A"/>
+    <w:p w14:paraId="1ACF7319" w14:textId="5116542F" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:lastRenderedPageBreak/>
+        <w:t>Escobar Martínez, María D. (2010): </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>Literatura y música. Un modelo didáctico de interpretación intertextual en educación secundaria</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">. Tesis de Doctorado. Murcia: Universidad de Murcia. Handle: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId20" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
-          <w:t>https://digitum.um.es/digitum/handle/10201/17581</w:t>
+          <w:t>https://www.tdx.cat/bitstream/handle/10803/10762/EscobarMartinezMDolores.pdf?sequ</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF2D18">
-[...88 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="0834893E" w14:textId="77777777" w:rsidR="0044782D" w:rsidRPr="00BC5AE1" w:rsidRDefault="0044782D" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="237F3D75" w14:textId="51FD9D81" w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidRDefault="00D777C2" w:rsidP="0069105D">
+      <w:pPr>
+        <w:spacing w:line="240" w:lineRule="auto"/>
+        <w:ind w:left="567" w:hanging="567"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve">Méndez Montoya, Vanessa P. (2022): Erotismos y usos sociales en la corporeidad de las mujeres indígenas. Estudio de caso: la representación del cuerpo femenino en la indumentaria y cine de la cultura </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00BC5AE1">
         <w:t>kichwa</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00EF2D18">
-[...14 lines deleted...]
-        <w:r w:rsidRPr="00EF2D18">
+      <w:r w:rsidRPr="00BC5AE1">
+        <w:t xml:space="preserve"> Otavalo. Tesis de Maestría. Sucre: Universidad Andina Simón Bolívar. Handle: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId21" w:history="1">
+        <w:r w:rsidRPr="00BC5AE1">
           <w:rPr>
             <w:rStyle w:val="Hipervnculo"/>
-            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           </w:rPr>
           <w:t>https://repositorio.uasb.edu.ec/handle/10644/9073</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="00EF2D18">
-[...64 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId19"/>
+    </w:p>
+    <w:sectPr w:rsidR="00EF2D18" w:rsidRPr="00BC5AE1" w:rsidSect="00F27986">
+      <w:footerReference w:type="default" r:id="rId22"/>
+      <w:footerReference w:type="first" r:id="rId23"/>
       <w:pgSz w:w="11907" w:h="16840" w:code="9"/>
       <w:pgMar w:top="1417" w:right="1701" w:bottom="1417" w:left="1701" w:header="0" w:footer="329" w:gutter="0"/>
       <w:cols w:space="708"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="299"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E744BCB" w14:textId="77777777" w:rsidR="003A424F" w:rsidRDefault="003A424F" w:rsidP="00F27986">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="2B14F394" w14:textId="77777777" w:rsidR="005260B8" w:rsidRDefault="005260B8" w:rsidP="000442C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4E23930C" w14:textId="77777777" w:rsidR="003A424F" w:rsidRDefault="003A424F" w:rsidP="00F27986">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="3F37BF35" w14:textId="77777777" w:rsidR="005260B8" w:rsidRDefault="005260B8" w:rsidP="000442C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Symbol">
+    <w:panose1 w:val="05050102010706020507"/>
+    <w:charset w:val="02"/>
+    <w:family w:val="roman"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
-      <w:id w:val="-591012666"/>
+      <w:id w:val="2020658920"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
-    <w:sdtEndPr>
-[...5 lines deleted...]
-    </w:sdtEndPr>
     <w:sdtContent>
-      <w:p w14:paraId="1DAA85D9" w14:textId="75AE7BC3" w:rsidR="00F27986" w:rsidRPr="00F27986" w:rsidRDefault="00F27986">
+      <w:p w14:paraId="77BF9AEF" w14:textId="60E43DF8" w:rsidR="00AE226A" w:rsidRDefault="00AE226A">
         <w:pPr>
           <w:pStyle w:val="Piedepgina"/>
           <w:jc w:val="right"/>
-          <w:rPr>
-[...3 lines deleted...]
-          </w:rPr>
         </w:pPr>
-        <w:r w:rsidRPr="00F27986">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="begin"/>
         </w:r>
-        <w:r w:rsidRPr="00F27986">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:instrText>PAGE   \* MERGEFORMAT</w:instrText>
         </w:r>
-        <w:r w:rsidRPr="00F27986">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
-        <w:r w:rsidR="00924C35">
-[...6 lines deleted...]
-          <w:t>8</w:t>
+        <w:r>
+          <w:t>2</w:t>
         </w:r>
-        <w:r w:rsidRPr="00F27986">
-[...4 lines deleted...]
-          </w:rPr>
+        <w:r>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="614C7E21" w14:textId="77777777" w:rsidR="00F27986" w:rsidRDefault="00F27986">
+  <w:p w14:paraId="614C7E21" w14:textId="77777777" w:rsidR="00F27986" w:rsidRDefault="00F27986" w:rsidP="000442C9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
-  <w:p w14:paraId="272AE495" w14:textId="5892F08A" w:rsidR="00F27986" w:rsidRDefault="00F27986">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="272AE495" w14:textId="5892F08A" w:rsidR="00F27986" w:rsidRDefault="00F27986" w:rsidP="000442C9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
-      <w:jc w:val="right"/>
     </w:pPr>
   </w:p>
-  <w:p w14:paraId="554CE223" w14:textId="77777777" w:rsidR="00F27986" w:rsidRDefault="00F27986">
+  <w:p w14:paraId="554CE223" w14:textId="77777777" w:rsidR="00F27986" w:rsidRDefault="00F27986" w:rsidP="000442C9">
     <w:pPr>
       <w:pStyle w:val="Piedepgina"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0A0FCA48" w14:textId="77777777" w:rsidR="003A424F" w:rsidRDefault="003A424F" w:rsidP="00F27986">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="4151E124" w14:textId="77777777" w:rsidR="005260B8" w:rsidRDefault="005260B8" w:rsidP="000442C9">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="33DFDA3B" w14:textId="77777777" w:rsidR="003A424F" w:rsidRDefault="003A424F" w:rsidP="00F27986">
-[...2 lines deleted...]
-      </w:pPr>
+    <w:p w14:paraId="40CA3F49" w14:textId="77777777" w:rsidR="005260B8" w:rsidRDefault="005260B8" w:rsidP="000442C9">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:id="1">
-    <w:p w14:paraId="4A4A07F9" w14:textId="77777777" w:rsidR="004A53DB" w:rsidRPr="00B62B3D" w:rsidRDefault="004A53DB" w:rsidP="004A53DB">
+    <w:p w14:paraId="3AE1D773" w14:textId="1C08DAF5" w:rsidR="00D9670F" w:rsidRPr="00D9670F" w:rsidRDefault="00D9670F" w:rsidP="00D9670F">
       <w:pPr>
         <w:pStyle w:val="Textonotapie"/>
-        <w:tabs>
-[...11 lines deleted...]
-      <w:r w:rsidRPr="00B62B3D">
+      </w:pPr>
+      <w:r>
         <w:rPr>
           <w:rStyle w:val="Refdenotaalpie"/>
-          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-          <w:szCs w:val="22"/>
         </w:rPr>
         <w:footnoteRef/>
       </w:r>
-      <w:r w:rsidRPr="00B62B3D">
-[...4 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00D9670F">
+        <w:t xml:space="preserve"> Si la lengua del artículo es el inglés, se traducirán el título, el resumen y las palabras clave al español. Si la lengua del artículo es el francés, el italiano o el alemán, se traducirán el título, el resumen y las palabras clave al español y al inglés.</w:t>
+      </w:r>
+    </w:p>
+  </w:footnote>
+  <w:footnote w:id="2">
+    <w:p w14:paraId="6EE68E3E" w14:textId="56C44A8D" w:rsidR="0061185E" w:rsidRPr="0061185E" w:rsidRDefault="004A53DB" w:rsidP="0061185E">
+      <w:pPr>
+        <w:pStyle w:val="Notaapiedepgina"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00382EC6">
+        <w:rPr>
+          <w:rStyle w:val="Refdenotaalpie"/>
+        </w:rPr>
+        <w:footnoteRef/>
+      </w:r>
+      <w:r w:rsidRPr="0061185E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00B62B3D">
-[...23 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="0061185E" w:rsidRPr="0061185E">
+        <w:t>Las notas a pie de página, si las hubiere, deben reservarse para aclaraciones, comentarios necesarios en relación con el cuerpo del texto del artículo o citas textuales de carácter adicional que no hagan necesaria su inclusión en el cuerpo del trabajo. También incluirán las traducciones de textos originales incluidos en el cuerpo del artículo. Estas traducciones se ofrecerán indicando si son traducciones propias; en caso contrario, se aportará la identificación correspondiente al traductor/a, igual que en cualquier otra referencia bibliográfica.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0CD5CCF2" w14:textId="77777777" w:rsidR="0061185E" w:rsidRPr="0061185E" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:pPr>
+        <w:pStyle w:val="Notaapiedepgina"/>
+      </w:pPr>
+      <w:r w:rsidRPr="0061185E">
+        <w:tab/>
+        <w:t>El sistema de referencias en las notas a pie de página será el mismo de las referencias incluidas en el cuerpo del texto con indicación entre paréntesis del apellido, año de publicación y, si procede, página o páginas. Las notas a pie de página no podrán contener referencias bibliográficas completas, ya que el lugar de estas es la relación bibliográfica al final del artículo.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="209BF005" w14:textId="3F1D5285" w:rsidR="004A53DB" w:rsidRPr="0061185E" w:rsidRDefault="0061185E" w:rsidP="0061185E">
+      <w:pPr>
+        <w:pStyle w:val="Notaapiedepgina"/>
       </w:pPr>
       <w:r>
-        <w:rPr>
-[...5 lines deleted...]
-        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B62B3D">
-[...43 lines deleted...]
-        <w:t>Las traducciones de textos originales incluidos en el cuerpo del trabajo se ofrecerán en nota a pie de página, indicando si son traducciones propias; en caso contrario, se aportará la identificación correspondiente al traductor o traductora, igual que en cualquier otra referencia bibliográfica.</w:t>
+      <w:r w:rsidRPr="0061185E">
+        <w:t>La llamada a nota se hará con número en superíndice a partir del 1, fuera de las comillas de cierre, si las hay, y después del signo de puntuación de separación (coma, punto, punto y coma, dos puntos, puntos suspensivos, etc.) o de los de cierre expresivo (interrogación, admiración, etc.).</w:t>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CD14303"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="FB1E75E4"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
@@ -6522,177 +4501,386 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C0A0019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C0A001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="783D7F2E"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CACC6BE6"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:num w:numId="1" w16cid:durableId="1566379550">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="2">
+  <w:num w:numId="2" w16cid:durableId="2001541673">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1747066577">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se">
-  <w:zoom w:val="bestFit" w:percent="179"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:defaultTabStop w:val="708"/>
+  <w:defaultTabStop w:val="709"/>
   <w:hyphenationZone w:val="425"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:drawingGridVerticalSpacing w:val="299"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00F27986"/>
     <w:rsid w:val="00016A92"/>
+    <w:rsid w:val="000442C9"/>
+    <w:rsid w:val="000607B9"/>
     <w:rsid w:val="00065CC2"/>
     <w:rsid w:val="000A2A9F"/>
+    <w:rsid w:val="000D2796"/>
+    <w:rsid w:val="000E7D19"/>
+    <w:rsid w:val="00111524"/>
+    <w:rsid w:val="00180333"/>
+    <w:rsid w:val="00186018"/>
     <w:rsid w:val="001B7863"/>
+    <w:rsid w:val="001E3892"/>
+    <w:rsid w:val="002128D8"/>
     <w:rsid w:val="0021649C"/>
+    <w:rsid w:val="00282EA0"/>
+    <w:rsid w:val="0029462F"/>
+    <w:rsid w:val="002A7374"/>
+    <w:rsid w:val="002D4C8D"/>
+    <w:rsid w:val="002F01F4"/>
+    <w:rsid w:val="0031733B"/>
+    <w:rsid w:val="00382EC6"/>
     <w:rsid w:val="003A424F"/>
     <w:rsid w:val="003C523F"/>
+    <w:rsid w:val="003C7AC8"/>
     <w:rsid w:val="003D3C6C"/>
     <w:rsid w:val="004013BB"/>
     <w:rsid w:val="004325AE"/>
     <w:rsid w:val="0044782D"/>
+    <w:rsid w:val="00492B11"/>
+    <w:rsid w:val="00493E63"/>
     <w:rsid w:val="004A53DB"/>
+    <w:rsid w:val="004A7618"/>
+    <w:rsid w:val="004C3869"/>
+    <w:rsid w:val="004E4D78"/>
+    <w:rsid w:val="004E79F5"/>
+    <w:rsid w:val="005260B8"/>
     <w:rsid w:val="00596F3B"/>
     <w:rsid w:val="00610F4D"/>
+    <w:rsid w:val="0061185E"/>
     <w:rsid w:val="00656788"/>
+    <w:rsid w:val="0069105D"/>
+    <w:rsid w:val="006A4DC3"/>
+    <w:rsid w:val="006B3D22"/>
     <w:rsid w:val="00705A20"/>
     <w:rsid w:val="00707CE6"/>
     <w:rsid w:val="007610F1"/>
     <w:rsid w:val="007730D0"/>
+    <w:rsid w:val="007C57A4"/>
+    <w:rsid w:val="007D0A57"/>
+    <w:rsid w:val="00842209"/>
+    <w:rsid w:val="008434A2"/>
     <w:rsid w:val="00893612"/>
+    <w:rsid w:val="008D4B53"/>
+    <w:rsid w:val="008F13E5"/>
+    <w:rsid w:val="00924013"/>
     <w:rsid w:val="00924C35"/>
+    <w:rsid w:val="00944068"/>
     <w:rsid w:val="00994B53"/>
     <w:rsid w:val="009F2D15"/>
+    <w:rsid w:val="00A26199"/>
     <w:rsid w:val="00A26D88"/>
+    <w:rsid w:val="00A64DA3"/>
     <w:rsid w:val="00AD3B85"/>
+    <w:rsid w:val="00AE226A"/>
+    <w:rsid w:val="00B03412"/>
+    <w:rsid w:val="00B365A5"/>
     <w:rsid w:val="00B62B3D"/>
+    <w:rsid w:val="00B9241D"/>
+    <w:rsid w:val="00B95CCA"/>
     <w:rsid w:val="00BB3B1B"/>
+    <w:rsid w:val="00BC5AE1"/>
+    <w:rsid w:val="00BD41E0"/>
     <w:rsid w:val="00BD7BEA"/>
     <w:rsid w:val="00BE1395"/>
+    <w:rsid w:val="00C0189B"/>
+    <w:rsid w:val="00D777C2"/>
+    <w:rsid w:val="00D959A6"/>
+    <w:rsid w:val="00D9670F"/>
     <w:rsid w:val="00DA3ED5"/>
+    <w:rsid w:val="00E0184B"/>
+    <w:rsid w:val="00E01B7D"/>
+    <w:rsid w:val="00E95674"/>
+    <w:rsid w:val="00EB7611"/>
     <w:rsid w:val="00ED10D9"/>
     <w:rsid w:val="00EF2D18"/>
     <w:rsid w:val="00F27986"/>
     <w:rsid w:val="00F47EDA"/>
     <w:rsid w:val="00F77742"/>
     <w:rsid w:val="00F77B40"/>
+    <w:rsid w:val="00F811D0"/>
+    <w:rsid w:val="00F863AF"/>
     <w:rsid w:val="00FB5988"/>
+    <w:rsid w:val="00FD3798"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="es-ES"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val=","/>
   <w:listSeparator w:val=";"/>
   <w14:docId w14:val="0C5A1788"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{653437B8-E793-4282-86EE-6520D4E3A86C}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="es-ES" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="371">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6717,65 +4905,65 @@
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Title" w:uiPriority="10" w:qFormat="1"/>
     <w:lsdException w:name="Closing" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Default Paragraph Font" w:semiHidden="1" w:uiPriority="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Continue 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Message Header" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Subtitle" w:uiPriority="11" w:qFormat="1"/>
+    <w:lsdException w:name="Subtitle" w:uiPriority="11"/>
     <w:lsdException w:name="Salutation" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Date" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text First Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Note Heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Body Text Indent 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Block Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="FollowedHyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="Strong" w:uiPriority="22" w:qFormat="1"/>
-    <w:lsdException w:name="Emphasis" w:uiPriority="20" w:qFormat="1"/>
+    <w:lsdException w:name="Strong" w:uiPriority="22"/>
+    <w:lsdException w:name="Emphasis" w:uiPriority="20"/>
     <w:lsdException w:name="Document Map" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Plain Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="E-mail Signature" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Top of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Bottom of Form" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal (Web)" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Acronym" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Cite" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Code" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Definition" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Keyboard" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Preformatted" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Sample" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Typewriter" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="HTML Variable" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation subject" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="No List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Outline List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -6800,75 +4988,75 @@
     <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Balloon Text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Table Grid" w:uiPriority="39"/>
     <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1"/>
-    <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
+    <w:lsdException w:name="No Spacing" w:uiPriority="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1"/>
-    <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
+    <w:lsdException w:name="List Paragraph" w:uiPriority="34"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
-    <w:lsdException w:name="Intense Quote" w:uiPriority="30" w:qFormat="1"/>
+    <w:lsdException w:name="Intense Quote" w:uiPriority="30"/>
     <w:lsdException w:name="Medium List 2 Accent 1" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 1" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 1" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 1" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 1" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 1" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 1" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 2" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 2" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 2" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 2" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 2" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 2" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 2" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 2" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 2" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 2" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 2" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 3" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 3" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 3" w:uiPriority="62"/>
@@ -6903,55 +5091,55 @@
     <w:lsdException w:name="Medium Shading 1 Accent 5" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 5" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 5" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 5" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 5" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 5" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 5" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
-    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
-[...3 lines deleted...]
-    <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
+    <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19"/>
+    <w:lsdException w:name="Intense Emphasis" w:uiPriority="21"/>
+    <w:lsdException w:name="Subtle Reference" w:uiPriority="31"/>
+    <w:lsdException w:name="Intense Reference" w:uiPriority="32"/>
+    <w:lsdException w:name="Book Title" w:uiPriority="33"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
     <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
     <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
     <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
     <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
     <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
     <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
     <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
     <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
     <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
     <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
     <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
     <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
     <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
@@ -7014,221 +5202,441 @@
     <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00656788"/>
+    <w:rsid w:val="00AE226A"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="360" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo1Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="000442C9"/>
+    <w:pPr>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo2Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000442C9"/>
+    <w:pPr>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:b/>
+      <w:bCs w:val="0"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo3">
+    <w:name w:val="heading 3"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo3Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000442C9"/>
+    <w:pPr>
+      <w:outlineLvl w:val="2"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Ttulo4Car"/>
+    <w:uiPriority w:val="9"/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="000442C9"/>
+    <w:pPr>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="Fuentedeprrafopredeter">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="Tablanormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="Sinlista">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Encabezado">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="EncabezadoCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F27986"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="EncabezadoCar">
     <w:name w:val="Encabezado Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Encabezado"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F27986"/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Piedepgina">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="PiedepginaCar"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00F27986"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4252"/>
         <w:tab w:val="right" w:pos="8504"/>
       </w:tabs>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PiedepginaCar">
     <w:name w:val="Pie de página Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Piedepgina"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00F27986"/>
   </w:style>
   <w:style w:type="character" w:styleId="Hipervnculo">
     <w:name w:val="Hyperlink"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA3ED5"/>
     <w:rPr>
       <w:color w:val="0563C1" w:themeColor="hyperlink"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="character" w:customStyle="1" w:styleId="UnresolvedMention">
-    <w:name w:val="Unresolved Mention"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Mencinsinresolver1">
+    <w:name w:val="Mención sin resolver1"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00DA3ED5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Textonotapie">
     <w:name w:val="footnote text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="TextonotapieCar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B62B3D"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="TextonotapieCar">
     <w:name w:val="Texto nota pie Car"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:link w:val="Textonotapie"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00B62B3D"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Refdenotaalpie">
     <w:name w:val="footnote reference"/>
     <w:basedOn w:val="Fuentedeprrafopredeter"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00B62B3D"/>
     <w:rPr>
       <w:vertAlign w:val="superscript"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="Tablaconcuadrcula">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="Tablanormal"/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00EF2D18"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="character" w:styleId="Mencinsinresolver">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00382EC6"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hipervnculovisitado">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00382EC6"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Ttulo">
+    <w:name w:val="Title"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="TtuloCar"/>
+    <w:uiPriority w:val="10"/>
+    <w:qFormat/>
+    <w:rsid w:val="000442C9"/>
+    <w:rPr>
+      <w:b/>
+      <w:bCs w:val="0"/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="TtuloCar">
+    <w:name w:val="Título Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo"/>
+    <w:uiPriority w:val="10"/>
+    <w:rsid w:val="000442C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo1Car">
+    <w:name w:val="Título 1 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000442C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo2Car">
+    <w:name w:val="Título 2 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo2"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000442C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo3Car">
+    <w:name w:val="Título 3 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo3"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000442C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Ttulo4Car">
+    <w:name w:val="Título 4 Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Ttulo4"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="000442C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Notaapiedepgina">
+    <w:name w:val="Nota a pie de página"/>
+    <w:basedOn w:val="Textonotapie"/>
+    <w:link w:val="NotaapiedepginaCar"/>
+    <w:qFormat/>
+    <w:rsid w:val="00AE226A"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="NotaapiedepginaCar">
+    <w:name w:val="Nota a pie de página Car"/>
+    <w:basedOn w:val="TextonotapieCar"/>
+    <w:link w:val="Notaapiedepgina"/>
+    <w:rsid w:val="00AE226A"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bCs/>
+      <w:sz w:val="20"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Cita">
+    <w:name w:val="Quote"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="CitaCar"/>
+    <w:uiPriority w:val="29"/>
+    <w:qFormat/>
+    <w:rsid w:val="000442C9"/>
+    <w:pPr>
+      <w:spacing w:line="240" w:lineRule="auto"/>
+      <w:ind w:left="1134"/>
+    </w:pPr>
+    <w:rPr>
+      <w:sz w:val="22"/>
+      <w:szCs w:val="22"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="CitaCar">
+    <w:name w:val="Cita Car"/>
+    <w:basedOn w:val="Fuentedeprrafopredeter"/>
+    <w:link w:val="Cita"/>
+    <w:uiPriority w:val="29"/>
+    <w:rsid w:val="000442C9"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+      <w:bCs/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas-filologicas.unam.mx/nouatellus/index.php/nt/article/view/409/403" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.17380/rr2016.1.3" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uasb.edu.ec/handle/10644/9073" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://digitum.um.es/digitum/handle/10201/17581" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.61146/retor.v14.n1.210" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cervantesvirtual.com/portales/federico_garcia_lorca/biografia/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rua.ua.es/dspace/bitstream/10045/130255/1/Estilo_Harvard_extendida_2ed_2022.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rua.ua.es/dspace/bitstream/10045/130255/1/Estilo_Harvard_extendida_2ed_2022.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://se-ret.org/index.php/2021/06/16/tercera-sesion-del-ciclo-de-conferencias/" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistes.ua.es/hexis/directrices-autores" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://se-ret.org/index.php/2021/06/16/tercera-sesion-del-ciclo-de-conferencias/" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://repositorio.uasb.edu.ec/handle/10644/9073" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.crossref.org/simpleTextQuery" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://revistas-filologicas.unam.mx/nouatellus/index.php/nt/article/view/409/403" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://uvadoc.uva.es/handle/10324/13921" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.tdx.cat/bitstream/handle/10803/10762/EscobarMartinezMDolores.pdf?sequ" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.doi.org/" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://doi.org/10.61146/retor.v14.n1.210" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://rua.ua.es/bitstreams/530737ad-4627-45ab-82c5-37d1eaff6fc9/download" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.cervantesvirtual.com/portales/federico_garcia_lorca/biografia/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://creativecommons.org/licenses/?lang=en" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://doi.org/10.4324/9781003121763" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -7502,70 +5910,70 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B19C3A07-3448-4091-BB02-D47B3D0EDF5D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>8</Pages>
-[...1 lines deleted...]
-  <Characters>13226</Characters>
+  <Pages>11</Pages>
+  <Words>3247</Words>
+  <Characters>18086</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>110</Lines>
-  <Paragraphs>31</Paragraphs>
+  <Lines>341</Lines>
+  <Paragraphs>153</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Título</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15599</CharactersWithSpaces>
+  <CharactersWithSpaces>21180</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Francisco Chico Rico</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>